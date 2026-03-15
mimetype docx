--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -1,282 +1,282 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00D46414" w:rsidRDefault="00D46414"/>
-    <w:p w:rsidR="005C48D2" w:rsidRPr="00171789" w:rsidRDefault="000F5255" w:rsidP="005C48D2">
+    <w:p w14:paraId="1EC02342" w14:textId="77777777" w:rsidR="00D46414" w:rsidRDefault="00D46414"/>
+    <w:p w14:paraId="4C155618" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRPr="00171789" w:rsidRDefault="000F5255" w:rsidP="005C48D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DA70EB5" wp14:editId="5CEBF2AB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="375F92B1" wp14:editId="688B6006">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5479415</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1363981</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1219200" cy="333375"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Правоъгълник 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1219200" cy="333375"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="008E2F97" w:rsidRDefault="008E2F97" w:rsidP="008E2F97">
+                          <w:p w14:paraId="339305E3" w14:textId="77777777" w:rsidR="008E2F97" w:rsidRDefault="008E2F97" w:rsidP="008E2F97">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>Обр. №-1П</w:t>
                             </w:r>
                             <w:r w:rsidR="00AB3F51">
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>-а</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="0DA70EB5" id="Правоъгълник 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:431.45pt;margin-top:-107.4pt;width:96pt;height:26.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJoPAXpQIAAHYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1u1DAU3iNxB8t7msnQUho1U41aFSFV&#10;bUWLuvY4dhPJ8TO2Z5JhxZpLcAUEGwSCM6Q34tnJpKWtWCAijef5/Xzv3/sHba3ISlhXgc5pujWh&#10;RGgORaWvc/r28vjZS0qcZ7pgCrTI6Vo4ejB7+mS/MZmYQgmqEJYgiHZZY3Jaem+yJHG8FDVzW2CE&#10;RqEEWzOPV3udFJY1iF6rZDqZvEgasIWxwIVzyD3qhXQW8aUU3J9J6YQnKqcYm4+njecinMlsn2XX&#10;lpmy4kMY7B+iqFml0ekIdcQ8I0tbPYCqK27BgfRbHOoEpKy4iDlgNunkXjYXJTMi5oLFcWYsk/t/&#10;sPx0dW5JVWDvKNGsxhZ1n24+dJ+7L92vm4/dV/z96H5237rvJA3VaozL0OjCnNvh5pAMqbfS1uEf&#10;kyJtrPB6rLBoPeHITKfpHraNEo6y5/jt7gTQ5NbaWOdfCahJIHJqsYOxsGx14nyvulEJzjQcV0oh&#10;n2VK/8FAzMBJQsB9iJHyayV67TdCYuIY1DQ6iCMnDpUlK4bDwjgX2qe9qGSF6Nk7E/yGkEeLmIDS&#10;CBiQJQY0Yg8AYZwfYvfpDPrBVMSJHY0nfwusNx4tomfQfjSuKw32MQCFWQ2ee/1NkfrShCr5dtGi&#10;SiAXUKxxQiz0q+MMP66wMyfM+XNmcVewmbj//gwPqaDJKQwUJSXY94/xgz6OMEopaXD3cureLZkV&#10;lKjXGod7L93eDssaL9s7u1O82LuSxV2JXtaHgB3DAcboIhn0vdqQ0kJ9hc/EPHhFEdMcfeeUe7u5&#10;HPr+TcCHhov5PKrhghrmT/SF4QE8FDhM3mV7xawZxtPjYJ/CZk9Zdm9Ke91gqWG+9CCrOMK3dR1K&#10;j8sdZ2h4iMLrcfcetW6fy9lvAAAA//8DAFBLAwQUAAYACAAAACEAJ9rfZuEAAAAOAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FonoURpGqcCJIRQFxUF9o7tJhHxOIqdR/+e6QqW&#10;c+foPor9Yjs2mcG3DgXE6wiYQeV0i7WAr8/XVQbMB4ladg6NgIvxsC9vbwqZazfjh5lOoWZkgj6X&#10;ApoQ+pxzrxpjpV+73iD9zm6wMtA51FwPciZz2/EkilJuZYuU0MjevDRG/ZxGK+DbnZ9nqyp8ny7H&#10;dnw7DEplByHu75anHbBglvAHw7U+VYeSOlVuRO1ZJyBLky2hAlZJvKERVyR63JBWkRanyQPwsuD/&#10;Z5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMmg8BelAgAAdgUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACfa32bhAAAADgEAAA8AAAAAAAAA&#10;AAAAAAAA/wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAANBgAAAAA=&#10;" filled="f" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="375F92B1" id="Правоъгълник 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:431.45pt;margin-top:-107.4pt;width:96pt;height:26.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAo8CPubQIAAEEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1P2zAQf5+0/8Hy+0jTwRhVU1SBmCYh&#10;qICJZ9exm0iOzzu7Tbq/fmcnTRmgPUzLg3O+j999e37ZNYbtFPoabMHzkwlnykooa7sp+I+nm09f&#10;OfNB2FIYsKrge+X55eLjh3nrZmoKFZhSISMQ62etK3gVgptlmZeVaoQ/AacsCTVgIwJdcZOVKFpC&#10;b0w2nUy+ZC1g6RCk8p64172QLxK+1kqGe629CswUnGIL6cR0ruOZLeZitkHhqloOYYh/iKIRtSWn&#10;I9S1CIJtsX4D1dQSwYMOJxKaDLSupUo5UDb55FU2j5VwKuVCxfFuLJP/f7DybvfoVkhlaJ2feSJj&#10;Fp3GJv4pPtalYu3HYqkuMEnMfJpfUAc4kyT7TN/5WaxmdrR26MM3BQ2LRMGRmpFqJHa3PvSqB5Xo&#10;zMJNbUxqiLF/MAgzcrJjiIkKe6OinrEPSrO6pKCmyUGaHnVlkO0E9V1IqWzIe1ElStWzzyb0DSGP&#10;FimBBBiRNQU0Yg8AcTLfYvfpDPrRVKXhG40nfwusNx4tkmewYTRuagv4HoChrAbPvf6hSH1pYpVC&#10;t+5IJZJrKPcrZAj9Fngnb2rqzK3wYSWQxp6aSasc7unQBtqCw0BxVgH+eo8f9WkaScpZS2tUcP9z&#10;K1BxZr5bmtOL/PQ07l26nJ6dT+mCLyXrlxK7ba6AOpbTo+FkIqN+MAdSIzTPtPHL6JVEwkryXXAZ&#10;8HC5Cv1605sh1XKZ1GjXnAi39tHJCB4LHCfvqXsW6IbxDDTYd3BYOTF7NaW9brS0sNwG0HUa4WNd&#10;h9LTnqYZGt6U+BC8vCet48u3+A0AAP//AwBQSwMEFAAGAAgAAAAhACfa32bhAAAADgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxaJ6FEaRqnAiSEUBcVBfaO7SYR8TiKnUf/nukK&#10;lnPn6D6K/WI7NpnBtw4FxOsImEHldIu1gK/P11UGzAeJWnYOjYCL8bAvb28KmWs344eZTqFmZII+&#10;lwKaEPqcc68aY6Vfu94g/c5usDLQOdRcD3Imc9vxJIpSbmWLlNDI3rw0Rv2cRivg252fZ6sqfJ8u&#10;x3Z8OwxKZQch7u+Wpx2wYJbwB8O1PlWHkjpVbkTtWScgS5MtoQJWSbyhEVcketyQVpEWp8kD8LLg&#10;/2eUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAo8CPubQIAAEEFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAn2t9m4QAAAA4BAAAPAAAAAAAA&#10;AAAAAAAAAMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight="1pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="008E2F97" w:rsidRDefault="008E2F97" w:rsidP="008E2F97">
+                    <w:p w14:paraId="339305E3" w14:textId="77777777" w:rsidR="008E2F97" w:rsidRDefault="008E2F97" w:rsidP="008E2F97">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>Обр. №-1П</w:t>
                       </w:r>
                       <w:r w:rsidR="00AB3F51">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>-а</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="005C48D2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21A54766" wp14:editId="5CB0E041">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45EFAA35" wp14:editId="16619FE7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5467350</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1286510</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1219200" cy="247650"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Правоъгълник 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1219200" cy="247650"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                           <a:noFill/>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+                          <w:p w14:paraId="32C8E54E" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="21A54766" id="Правоъгълник 2" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:430.5pt;margin-top:-101.3pt;width:96pt;height:19.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUtE/qfwIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdLNR+hd1U0WtipCq&#10;tlKKep54vVlL/sN2sltOnHkJXgHBBYHgGbZvxNi7aaPCCREpzoxnPD/ffJOT01ZJsuHOC6MLmu+N&#10;KOGamVLoVUHf3l68OqLEB9AlSKN5Qe+5p6ezly9OGjvlY1MbWXJHMIj208YWtA7BTrPMs5or8HvG&#10;co3GyjgFAVW3ykoHDUZXMhuPRgdZY1xpnWHce7w97410luJXFWfhuqo8D0QWFGsL6XTpXMYzm53A&#10;dOXA1oINZcA/VKFAaEz6GOocApC1E3+EUoI5400V9phRmakqwXjqAbvJR8+6WdRgeeoFwfH2ESb/&#10;/8Kyq82NI6Is6IQSDQpH1H16+NB97r50vx4+dl/x+6P72X3rvpNxRKuxfoqPFvbGDZpHMbbeVk7F&#10;X2yKtAnh+0eEeRsIw8t8nB/j2ChhaBtPDg/20wiyp9fW+fCaG0WiUFCHE0zAwubSB8yIrluXmEyb&#10;CyFlmqLUpIkZDlN8QDJVEgKmUhbb83pFCcgVspQFl0LuvI0hz8HXZANIFG+kKHtqKBGQn1Kogh6N&#10;4ideYw1Sx+w8MWwoLCLTYxGl0C7bhGu+RW1pynvE2pmehN6yC4FpL8GHG3DIOoQFNylc41FJg72Y&#10;QaKkNu793+6jP5IBrZQ0yGKs/d0aHKdEvtFIk+N8Mom0T8pk/3CMitu1LHcteq3ODPaf485alsTo&#10;H+RWrJxRd7hw85gVTaAZ5u4RHZSz0G8Xrizj83lyQ6pbCJd6YVkMHpGLgN+2d+DsMOiAFLkyW8bD&#10;9Nm8e99+4vN1MJVIZIhI97jiVKKCa5LmM6x03MNdPXk9/fHMfgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;ALcupOThAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxaO6mwohCnAiSE&#10;UA+IFu6O7SYR8TqynZ++Pe4Jjjs7mvmm2q92ILPxoXcoINsyIAaV0z22Ar5Or5sCSIgStRwcGgEX&#10;E2Bf395UstRuwU8zH2NLUgiGUgroYhxLSoPqjJVh60aD6Xd23sqYTt9S7eWSwu1Ac8Y4tbLH1NDJ&#10;0bx0Rv0cJyvg252fF6safJ8vH/30dvBKFQch7u/Wp0cg0azxzwxX/IQOdWJq3IQ6kEFAwbO0JQrY&#10;5CznQK4W9rBLWpO0jO840Lqi/2fUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDUtE/q&#10;fwIAAMAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC3&#10;LqTk4QAAAA4BAAAPAAAAAAAAAAAAAAAAANkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="45EFAA35" id="Правоъгълник 2" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:430.5pt;margin-top:-101.3pt;width:96pt;height:19.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDk6wR7SQIAAIsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xx0H6SuoUwQtOgwo&#10;2gJp0TMjS7EASdQkJXb360fJaRN0Ow3LQSFFio+PH311PVjDdjJEja7h9cmEM+kEttptGv7yfPft&#10;grOYwLVg0MmGv8nIrxdfv1z1fi6n2KFpZWAUxMV57xvepeTnVRVFJy3EE/TSkVFhsJBIDZuqDdBT&#10;dGuq6WRyVvUYWh9QyBjp9nY08kWJr5QU6VGpKBMzDafaUjlDOdf5rBZXMN8E8J0W+zLgH6qwoB0l&#10;/Qh1CwnYNug/QlktAkZU6USgrVApLWTpgbqpJ5+6WXXgZemFwIn+A6b4/8KKh93KPwWCofdxHknM&#10;XQwq2PxP9bGhgPX2AZYcEhN0WU/rS5oAZ4Js09n52WlBszq89iGm7xIty0LDAw2jYAS7+5goI7m+&#10;u+RkDu+0MWUgxrE+Zzgv8YF4oQwkSmV92/DoNpyB2RDhRAol5NHbHPIWYsd2QDOPaHQ7TtnqRFQz&#10;2jb8YpJ/+ZpqMC5nl4Us+8IOWGQpDeuBaUpc5xf5Zo3t21NgAUc+RS/uNKW9h5ieIBCBCBZaivRI&#10;hzJIveBe4qzD8Otv99mf5kpWznoiJNX+cwtBcmZ+OJr4ZT2bZQYXZXZ6PiUlHFvWxxa3tTdI/de0&#10;fl4UMfsn8y6qgPaVdmeZs5IJnKDcI6J75SaNi0LbJ+RyWdyItR7SvVt5kYNn5DLgz8MrBL8fdCKK&#10;POA7eWH+ad6j7zjx5Tah0oUMB1xpKlkhxpf57Lczr9SxXrwO35DFbwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhALcupOThAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxaO6mwohCn&#10;AiSEUA+IFu6O7SYR8TqynZ++Pe4Jjjs7mvmm2q92ILPxoXcoINsyIAaV0z22Ar5Or5sCSIgStRwc&#10;GgEXE2Bf395UstRuwU8zH2NLUgiGUgroYhxLSoPqjJVh60aD6Xd23sqYTt9S7eWSwu1Ac8Y4tbLH&#10;1NDJ0bx0Rv0cJyvg252fF6safJ8vH/30dvBKFQch7u/Wp0cg0azxzwxX/IQOdWJq3IQ6kEFAwbO0&#10;JQrY5CznQK4W9rBLWpO0jO840Lqi/2fUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDk&#10;6wR7SQIAAIsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQC3LqTk4QAAAA4BAAAPAAAAAAAAAAAAAAAAAKMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsQUAAAAA&#10;" filled="f" stroked="f" strokeweight="1pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+                    <w:p w14:paraId="32C8E54E" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="005C48D2" w:rsidRPr="00171789">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
       <w:r w:rsidR="005C48D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -294,265 +294,257 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005C48D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C48D2" w:rsidRPr="00361B16">
         <w:t>№………..</w:t>
       </w:r>
       <w:r w:rsidR="005C48D2">
         <w:t>..….</w:t>
       </w:r>
       <w:r w:rsidR="005C48D2" w:rsidRPr="00361B16">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="005C48D2">
         <w:t>………..</w:t>
       </w:r>
       <w:r w:rsidR="005C48D2" w:rsidRPr="00361B16">
         <w:t>20....</w:t>
       </w:r>
       <w:r w:rsidR="005C48D2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005C48D2" w:rsidRPr="00361B16">
         <w:t>г</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005C48D2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005C48D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="6994BC9E" w14:textId="5DF61326" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00171789">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>УПРАВИТЕЛЯ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                                      </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C148C5">
-        <w:t>Сума</w:t>
-[...4 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Сума:</w:t>
       </w:r>
       <w:r>
         <w:t>..............................</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008330AB">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>евро</w:t>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="0A14FACE" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">НА „ВОДОСНАБДЯВАНЕ                                               </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRPr="00171789" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="61E6588C" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRPr="00171789" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>И КАНАЛИЗАЦИЯ</w:t>
+        <w:t xml:space="preserve">И </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>“ ООД</w:t>
+        <w:t>КАНАЛИЗАЦИЯ“ ООД</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> − РУСЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="005C48D2">
-[...6 lines deleted...]
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="5CDFD709" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="005C48D2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12496EDB" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="00AB3F51">
+    <w:p w14:paraId="262E8155" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C48D2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ИСКАН</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51" w:rsidRPr="005C48D2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Е</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRPr="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="00AB3F51">
+    <w:p w14:paraId="61244F14" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRPr="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="48FA8AC1" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C48D2">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ЗА ИЗДАВАНЕ НА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="4EA9FBCF" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C48D2">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>УДОСТОВЕРЕНИЕ ЗА ПРИСЪЕДИНЕН ИМОТ КЪМ ВиК МРЕЖИТЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="6A2E0B0A" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="005C48D2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="004500C9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="036A6C7B" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="004500C9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="24D0691A" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E143B">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Юридическ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">о </w:t>
@@ -613,51 +605,59 @@
       <w:r w:rsidRPr="00941ED9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t>със</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t>седалище</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t>адрес</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00941ED9">
-        <w:t xml:space="preserve"> на </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00941ED9">
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00941ED9">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t>управление</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941ED9">
         <w:t>гр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>./с./</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>...........</w:t>
       </w:r>
       <w:r>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>....</w:t>
@@ -712,153 +712,153 @@
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00B71808" w:rsidP="00AB3F51">
+    <w:p w14:paraId="6A5CC9AF" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00B71808" w:rsidP="00AB3F51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>жб</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>........................................вх..........ет...........</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51" w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ул.</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51" w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.................................................................№.........</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51" w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00B71808" w:rsidP="00AB3F51">
+    <w:p w14:paraId="04B2241B" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00B71808" w:rsidP="00AB3F51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ЕИК</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51" w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> ....................</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51" w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>..........., представлявано от:......</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51" w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
       <w:r w:rsidR="00AB3F51">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">............................                                                  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="411FD801" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E143B">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Физическ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
@@ -898,231 +898,231 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.............</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>......…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>......................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">..., </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="7DAE810A" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00941ED9">
         <w:t>ЕГН ......…..........</w:t>
       </w:r>
       <w:r>
         <w:t>.............</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>.., л.к.№....…...........</w:t>
       </w:r>
       <w:r>
         <w:t>.............</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>.., изд. на ...........</w:t>
       </w:r>
       <w:r>
         <w:t>.....</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>...... от ...…........</w:t>
       </w:r>
       <w:r>
         <w:t>..............</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="004B590B" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="2A99654E" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="004B590B" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>А</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>дрес</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>гр</w:t>
       </w:r>
       <w:r>
         <w:t>./с./</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>..........</w:t>
       </w:r>
       <w:r>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>....</w:t>
       </w:r>
       <w:r>
         <w:t>...........</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>...,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>ж.к./кв.................................</w:t>
       </w:r>
       <w:r>
         <w:t>ЖБ.....................................вх..........ет......</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="59D020CD" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00941ED9">
         <w:t>ул.</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">..................................................................................................................................№............. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="20872C8B" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF5302">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Упълномощено лиц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>е:</w:t>
       </w:r>
       <w:r>
         <w:t>..................................................................................…....................................,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ЕГН................................, л.к.№..................................., изд. на ............................... от ..………........., </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="7CC4A2B0" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941ED9">
         <w:t>Адрес</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>гр</w:t>
       </w:r>
       <w:r>
         <w:t>./с./</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>...........</w:t>
       </w:r>
       <w:r>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>....</w:t>
       </w:r>
       <w:r>
         <w:t>...........</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>...,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>ж.к./кв................................</w:t>
       </w:r>
       <w:r>
         <w:t>ЖБ.....................................вх..........ет......</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="1EA2441C" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ул.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
@@ -1171,81 +1171,81 @@
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>......., л.к.№.............</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">.....,изд. на ................. от ....................., адрес .........................................................., </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2054B">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>по нотариално заверено пълномощно .................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="521B978D" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00BB36E9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="0791CA9A" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00BB36E9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF6600"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Г-Н     УПРАВИТЕЛ,                                         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="7F162945" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:ind w:firstLine="540"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="103A262B" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00C2054B">
         <w:t xml:space="preserve">В качеството си на </w:t>
       </w:r>
       <w:r w:rsidRPr="00A77E21">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>собственик</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A77E21">
         <w:t>на</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE2E53">
         <w:t xml:space="preserve"> </w:t>
@@ -1280,89 +1280,88 @@
       <w:r>
         <w:t>……… с административен адрес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>……</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>……………………</w:t>
       </w:r>
       <w:r>
         <w:t>.........</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">... </w:t>
-[...6 lines deleted...]
-        <w:t>.....................................................................</w:t>
+        <w:t>... .....................................................................</w:t>
       </w:r>
       <w:r>
         <w:t>..........................................…...........…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
       <w:r>
         <w:t>...........</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2054B">
         <w:t>,</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> желая да ми бъде издадено удостоверение, че същия е присъединен към водопроводната и/или канализационна мрежа на „В и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>К”ООД</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> желая да ми бъде издадено удостоверение, че същия е присъединен към водопроводната и/или канализационна мрежа на „В и К”ООД-гр. Русе. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+        <w:t xml:space="preserve">-гр. Русе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D6FAE4" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Титуляр на партидата</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA40F6">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">за плащане на вода </w:t>
       </w:r>
       <w:r w:rsidRPr="008C7A63">
         <w:t>с</w:t>
       </w:r>
       <w:r w:rsidRPr="008C7A63">
         <w:rPr>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> абонатен №.................. партиден №..........................</w:t>
       </w:r>
@@ -1393,127 +1392,127 @@
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2054B">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2054B">
         <w:t xml:space="preserve"> собственик /ползвател/</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2054B">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="4F63CA4E" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Удостоверението ми е нужно във връзка с</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> ....</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>……………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.......................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00941ED9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="4254E522" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00941ED9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>..................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="4DE7182D" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="0091496D" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="3597537C" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="0091496D" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="096A8D6C" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>А</w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>дрес</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>гр</w:t>
       </w:r>
       <w:r>
         <w:t>./с./</w:t>
@@ -1602,141 +1601,162 @@
       <w:r>
         <w:t>ЖБ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.....................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>вх.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> …</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>..,</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>ет.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> …</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>..,</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00941ED9">
         <w:t>ул. .</w:t>
       </w:r>
       <w:r>
         <w:t>...............................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ….., </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>телефон:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>…</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>…..</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>….…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="57C025C0" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="006804AA" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="01751577" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="006804AA" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006804AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Прилагам</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006804AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1746,117 +1766,117 @@
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>следните</w:t>
       </w:r>
       <w:r w:rsidRPr="006804AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006804AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>документи</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006804AA">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="03C51A20" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C7A63">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Копие на документ за собственост или учредено право на строеж в друг имот                    /предоставено вещно право на ползване/</w:t>
       </w:r>
       <w:r w:rsidRPr="008C7A63">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="008C7A63">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="3B87F154" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Кадастрална скица;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="008C7A63" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="6941EF39" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="008C7A63" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Скица - виза за проектиране;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="004500C9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="21835824" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="004500C9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004500C9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Копие от изходните данни или договор за предоставяне на услуга от  „ВиК”</w:t>
       </w:r>
       <w:r w:rsidR="00957B40">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ОО</w:t>
       </w:r>
       <w:r w:rsidR="00957B40">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1883,118 +1903,118 @@
       <w:r w:rsidRPr="004500C9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004500C9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>за същ</w:t>
       </w:r>
       <w:r w:rsidRPr="004500C9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="004500C9">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ствуващ обект;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="008C7A63" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="46D92F46" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="008C7A63" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C7A63">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Нотариално заверено пълномощно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C7A63">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>..............................................…....................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="0091496D" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="14F7743D" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="0091496D" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00D77535" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="7432F989" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00D77535" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Д</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>екларирам, че:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00D77535" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="629BF182" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00D77535" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>съм запознат с изискванията за</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
@@ -2027,51 +2047,51 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>сключване на договор за присъединяване в съответствие с разпоредбите на ЗУТ, Наредба №4/14.09.04г. за условията и реда за присъединяване на потребителите и за ползване на В и К системи и Общите условия за предоставяне на ВиК услуги на потребителите от „ВиК” ООД</w:t>
       </w:r>
       <w:r w:rsidR="00957B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Русе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00D77535" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="138CE212" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00D77535" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">съм запознат, че </w:t>
       </w:r>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
@@ -2110,196 +2130,196 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Русе</w:t>
       </w:r>
       <w:r w:rsidRPr="00D77535">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C48D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Становище с изходни данни.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="1EC977DA" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00941ED9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="32079939" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00941ED9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="688DEDEE" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Дата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> ………. /...…./ 20….. г. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   С </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:lang w:val="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>……….</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>уважение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                 </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">   С </w:t>
-[...14 lines deleted...]
-        <w:t>:………………………..</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="27EDB594" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="004500C9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="655BBABE" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="004500C9" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="005C48D2">
+    <w:p w14:paraId="0B17EBE9" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="005C48D2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="2FC1F7CD" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="3F4C491E" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00460FA2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="6C9DCEF9" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00460FA2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Предоставените</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2424,58 +2444,74 @@
         </w:rPr>
         <w:t>за</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>защита</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> на </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00460FA2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00460FA2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>личните</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>данни</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
@@ -2520,58 +2556,74 @@
         </w:rPr>
         <w:t>регламентиращи</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>защитата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> на </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00460FA2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00460FA2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>информация</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>се</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2627,116 +2679,116 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>връзка</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> с </w:t>
       </w:r>
       <w:r w:rsidRPr="00460FA2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>предоставяне на ВиК. услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F51" w:rsidRPr="00460FA2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
+    <w:p w14:paraId="7D1A26CE" w14:textId="77777777" w:rsidR="00AB3F51" w:rsidRPr="00460FA2" w:rsidRDefault="00AB3F51" w:rsidP="00AB3F51">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="6F4FB2E1" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="5F8E604A" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="7410EF24" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="48B3265F" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
+    <w:p w14:paraId="1BD3F2BD" w14:textId="77777777" w:rsidR="005C48D2" w:rsidRDefault="005C48D2" w:rsidP="005C48D2">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33021" w:rsidRDefault="00F33021" w:rsidP="00F33021">
+    <w:p w14:paraId="2D14098A" w14:textId="77777777" w:rsidR="00F33021" w:rsidRDefault="00F33021" w:rsidP="00F33021">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00361B16">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Моля</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00361B16">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2843,400 +2895,422 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>за</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>обслужване</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00067128">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>клиенти</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE5A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE5A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE5A83">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>ул</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE5A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE5A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Цариград</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE5A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE5A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>град</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE5A83">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Русе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00351BC2" w:rsidRPr="005C48D2" w:rsidRDefault="00351BC2" w:rsidP="005C48D2">
+    <w:p w14:paraId="74BEB48B" w14:textId="77777777" w:rsidR="00351BC2" w:rsidRPr="005C48D2" w:rsidRDefault="00351BC2" w:rsidP="005C48D2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00351BC2" w:rsidRPr="005C48D2" w:rsidRDefault="00351BC2" w:rsidP="005C48D2">
+    <w:p w14:paraId="5321284A" w14:textId="77777777" w:rsidR="00351BC2" w:rsidRPr="005C48D2" w:rsidRDefault="00351BC2" w:rsidP="005C48D2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00351BC2" w:rsidRDefault="00351BC2"/>
-    <w:p w:rsidR="00351BC2" w:rsidRDefault="00351BC2"/>
+    <w:p w14:paraId="3A137906" w14:textId="77777777" w:rsidR="00351BC2" w:rsidRDefault="00351BC2"/>
+    <w:p w14:paraId="1816A25D" w14:textId="77777777" w:rsidR="00351BC2" w:rsidRDefault="00351BC2"/>
     <w:sectPr w:rsidR="00351BC2" w:rsidSect="007079D2">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF09BD" w:rsidRDefault="00CF09BD" w:rsidP="0029245D">
+    <w:p w14:paraId="0310FE14" w14:textId="77777777" w:rsidR="001D1E94" w:rsidRDefault="001D1E94" w:rsidP="0029245D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF09BD" w:rsidRDefault="00CF09BD" w:rsidP="0029245D">
+    <w:p w14:paraId="3726E53A" w14:textId="77777777" w:rsidR="001D1E94" w:rsidRDefault="001D1E94" w:rsidP="0029245D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E4492AF" w14:textId="77777777" w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0306E81F" w14:textId="77777777" w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0DE2D4AF" w14:textId="77777777" w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CF09BD" w:rsidRDefault="00CF09BD" w:rsidP="0029245D">
+    <w:p w14:paraId="48A3487C" w14:textId="77777777" w:rsidR="001D1E94" w:rsidRDefault="001D1E94" w:rsidP="0029245D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CF09BD" w:rsidRDefault="00CF09BD" w:rsidP="0029245D">
+    <w:p w14:paraId="6F62B071" w14:textId="77777777" w:rsidR="001D1E94" w:rsidRDefault="001D1E94" w:rsidP="0029245D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="012C363A" w14:textId="77777777" w:rsidR="00AF56C7" w:rsidRDefault="00AF56C7">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="a7"/>
       <w:tblW w:w="11204" w:type="dxa"/>
       <w:tblInd w:w="-714" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1859"/>
       <w:gridCol w:w="9345"/>
     </w:tblGrid>
-    <w:tr w:rsidR="0029245D" w:rsidTr="0029245D">
+    <w:tr w:rsidR="0029245D" w14:paraId="1FE30EB3" w14:textId="77777777" w:rsidTr="0029245D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1859" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="0029245D" w:rsidRDefault="0029245D">
+        <w:p w14:paraId="771D147F" w14:textId="77777777" w:rsidR="0029245D" w:rsidRDefault="0029245D">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:ind w:firstLine="322"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9345" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="0029245D" w:rsidRPr="00630226" w:rsidRDefault="0029245D" w:rsidP="007134BC">
+        <w:p w14:paraId="31A8481B" w14:textId="77777777" w:rsidR="0029245D" w:rsidRPr="00630226" w:rsidRDefault="0029245D" w:rsidP="007134BC">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:ind w:hanging="7"/>
             <w:rPr>
               <w:color w:val="003399"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="0029245D" w:rsidRDefault="0029245D">
+  <w:p w14:paraId="64B7A92A" w14:textId="77777777" w:rsidR="0029245D" w:rsidRDefault="0029245D">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="a7"/>
       <w:tblW w:w="11204" w:type="dxa"/>
       <w:tblInd w:w="-714" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1859"/>
       <w:gridCol w:w="9345"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00F33021" w:rsidRPr="00B71808" w:rsidTr="00F33021">
+    <w:tr w:rsidR="00F33021" w:rsidRPr="00B71808" w14:paraId="549675CD" w14:textId="77777777" w:rsidTr="00F33021">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1859" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00F33021" w:rsidRPr="007115BC" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
+        <w:p w14:paraId="13405B19" w14:textId="77777777" w:rsidR="00F33021" w:rsidRPr="007115BC" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:ind w:firstLine="322"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007115BC">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:noProof/>
               <w:lang w:eastAsia="bg-BG"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45BF1FAD" wp14:editId="502F1467">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E25220B" wp14:editId="5197D749">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>541505</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>119380</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="564515" cy="564515"/>
                 <wp:effectExtent l="0" t="0" r="6985" b="6985"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="7" name="Картина 1" descr="logo-ViK-Ruse"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="7" name="Картина 1" descr="logo-ViK-Ruse"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
@@ -3247,150 +3321,149 @@
                                   <a14:imgEffect>
                                     <a14:saturation sat="200000"/>
                                   </a14:imgEffect>
                                 </a14:imgLayer>
                               </a14:imgProps>
                             </a:ext>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="564515" cy="564515"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
-                        <a:extLst/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9345" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00F33021" w:rsidRPr="007115BC" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
+        <w:p w14:paraId="26F39484" w14:textId="77777777" w:rsidR="00F33021" w:rsidRPr="007115BC" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="003399"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00F33021" w:rsidRPr="00A33F07" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
+        <w:p w14:paraId="69955BE6" w14:textId="77777777" w:rsidR="00F33021" w:rsidRPr="00A33F07" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:iCs/>
               <w:color w:val="003399"/>
               <w:sz w:val="34"/>
               <w:szCs w:val="34"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:iCs/>
               <w:color w:val="003399"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00A33F07">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:iCs/>
               <w:color w:val="003399"/>
               <w:sz w:val="34"/>
               <w:szCs w:val="34"/>
             </w:rPr>
             <w:t>„ВОДОСНАБДЯВАНЕ И КАНАЛИЗАЦИЯ“ ООД – РУСЕ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F33021" w:rsidRPr="007115BC" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
+        <w:p w14:paraId="21F37F7E" w14:textId="77777777" w:rsidR="00F33021" w:rsidRPr="007115BC" w:rsidRDefault="00F33021" w:rsidP="00AA5FB6">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:iCs/>
               <w:color w:val="003399"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007115BC">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:noProof/>
               <w:color w:val="003399"/>
               <w:sz w:val="17"/>
               <w:szCs w:val="17"/>
               <w:lang w:eastAsia="bg-BG"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
-                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="392E841E" wp14:editId="488F3E6D">
+                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="492AFCD0" wp14:editId="1131839E">
                     <wp:simplePos x="0" y="0"/>
                     <wp:positionH relativeFrom="column">
                       <wp:posOffset>52854</wp:posOffset>
                     </wp:positionH>
                     <wp:positionV relativeFrom="paragraph">
                       <wp:posOffset>33356</wp:posOffset>
                     </wp:positionV>
                     <wp:extent cx="5706036" cy="0"/>
                     <wp:effectExtent l="0" t="0" r="0" b="0"/>
                     <wp:wrapNone/>
                     <wp:docPr id="2" name="Право съединение 2"/>
                     <wp:cNvGraphicFramePr/>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                         <wps:wsp>
                           <wps:cNvCnPr/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="5706036" cy="0"/>
                             </a:xfrm>
                             <a:prstGeom prst="line">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:ln w="15875">
@@ -3406,59 +3479,59 @@
                             <a:fillRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:fillRef>
                             <a:effectRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:effectRef>
                             <a:fontRef idx="minor">
                               <a:schemeClr val="tx1"/>
                             </a:fontRef>
                           </wps:style>
                           <wps:bodyPr/>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
                     <wp14:sizeRelH relativeFrom="margin">
                       <wp14:pctWidth>0</wp14:pctWidth>
                     </wp14:sizeRelH>
                     <wp14:sizeRelV relativeFrom="margin">
                       <wp14:pctHeight>0</wp14:pctHeight>
                     </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
               <mc:Fallback>
                 <w:pict>
-                  <v:line w14:anchorId="7C38DE2D" id="Право съединение 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="4.15pt,2.65pt" to="453.45pt,2.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQcF2W/AEAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGmrdnejpnvY1XJB&#10;UPHzAK5jN5b8J9s06Q2uvASvgBAr7WV5hvSNGDtpdgVICMTF9ozn+2bm83h12SqJ9sx5YXSJp5Mc&#10;I6apqYTelfjd25tn5xj5QHRFpNGsxAfm8eX66ZNVYws2M7WRFXMISLQvGlviOgRbZJmnNVPET4xl&#10;Gi65cYoEMN0uqxxpgF3JbJbny6wxrrLOUOY9eK/7S7xO/JwzGl5x7llAssRQW0irS+s2rtl6RYqd&#10;I7YWdCiD/EMViggNSUeqaxIIeu/EL1RKUGe84WFCjcoM54Ky1AN0M81/6uZNTSxLvYA43o4y+f9H&#10;S1/uNw6JqsQzjDRR8ETd5+OH7kv3tfuOjh+Pn7rb7lt3193Dfg/7LZpF0RrrC8Be6Y0bLG83LirQ&#10;cqfiDr2hNgl9GIVmbUAUnIuzfJnPlxjR0132ALTOh+fMKBQPJZZCRw1IQfYvfIBkEHoKiW6pUQOT&#10;tzg/W6Qwb6SoboSU8dK73fZKOrQn8f3z+fziIlYPFI/CwJIanLGnvot0CgfJ+gSvGQeJoO5pnyEO&#10;JxtpCaVMh+nAKzVERxiHEkZg/mfgEB+hLA3u34BHRMpsdBjBSmjjfpc9tKeSeR9/UqDvO0qwNdUh&#10;vW+SBiYwKTf8ljjij+0Ef/jT6x8AAAD//wMAUEsDBBQABgAIAAAAIQB++Mzj2gAAAAUBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5BSwMxFITvgv8hPMGL2MSKpV03W0RRxMtiK55fN3E3mLwsm3S7/fc+&#10;vdTTMMww85XrKXgx2iG5SBpuZgqEpSYaR62Gj+3z9RJEykgGfSSr4WgTrKvzsxILEw/0bsdNbgWP&#10;UCpQQ5dzX0iZms4GTLPYW+LsKw4BM9uhlWbAA48HL+dKLWRAR/zQYW8fO9t8b/ZBw6i2R+fN57x/&#10;qd1rclhfvT3VWl9eTA/3ILKd8qkMv/iMDhUz7eKeTBJew/KWixruWDhdqcUKxO7Py6qU/+mrHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQcF2W/AEAABsEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB++Mzj2gAAAAUBAAAPAAAAAAAAAAAAAAAA&#10;AFYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" strokecolor="#039" strokeweight="1.25pt">
+                  <v:line w14:anchorId="5746A430" id="Право съединение 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="4.15pt,2.65pt" to="453.45pt,2.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlxu96wAEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Jj2EkEyzkkSC9F&#10;G/TxATS1tAjwhSVryX/fJWXLQVugaNELRS53ZneGq+3DaA07AkbtXcuXi5ozcNJ32h1a/u3r87s7&#10;zmISrhPGO2j5CSJ/2L19sx1CAze+96YDZETiYjOElvcphaaqouzBirjwARxdKo9WJDrioepQDMRu&#10;TXVT15tq8NgF9BJipOjTdMl3hV8pkOmTUhESMy2n3lJZsaz7vFa7rWgOKEKv5bkN8Q9dWKEdFZ2p&#10;nkQS7DvqX6isluijV2khva28UlpC0UBqlvVPar70IkDRQubEMNsU/x+t/Hh8dC9INgwhNjG8YFYx&#10;KrT5S/2xsZh1ms2CMTFJwfVtvalXG87k5a66AgPG9B68ZXnTcqNd1iEacfwQExWj1EtKDhvHBpqe&#10;9d3tuqRFb3T3rI3JlxEP+0eD7CjyG9ar1f19fjaieJVGJ+MoeFVRdulkYCrwGRTTHfW9nCrkAYOZ&#10;VkgJLi3PvMZRdoYpamEG1n8GnvMzFMrw/Q14RpTK3qUZbLXz+Lvqaby0rKb8iwOT7mzB3nen8r7F&#10;Gpqi4tx54vOYvj4X+PW/3P0AAAD//wMAUEsDBBQABgAIAAAAIQB++Mzj2gAAAAUBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI5BSwMxFITvgv8hPMGL2MSKpV03W0RRxMtiK55fN3E3mLwsm3S7/fc+vdTT&#10;MMww85XrKXgx2iG5SBpuZgqEpSYaR62Gj+3z9RJEykgGfSSr4WgTrKvzsxILEw/0bsdNbgWPUCpQ&#10;Q5dzX0iZms4GTLPYW+LsKw4BM9uhlWbAA48HL+dKLWRAR/zQYW8fO9t8b/ZBw6i2R+fN57x/qd1r&#10;clhfvT3VWl9eTA/3ILKd8qkMv/iMDhUz7eKeTBJew/KWixruWDhdqcUKxO7Py6qU/+mrHwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxu96wAEAAN8DAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB++Mzj2gAAAAUBAAAPAAAAAAAAAAAAAAAAABoE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;" strokecolor="#039" strokeweight="1.25pt">
                     <v:stroke joinstyle="miter"/>
                   </v:line>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F33021" w:rsidRPr="00A33F07" w:rsidRDefault="00F33021" w:rsidP="00AF56C7">
+        <w:p w14:paraId="156EBEB2" w14:textId="77777777" w:rsidR="00F33021" w:rsidRPr="00A33F07" w:rsidRDefault="00F33021" w:rsidP="00AF56C7">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:iCs/>
               <w:color w:val="003399"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:iCs/>
               <w:color w:val="003399"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">   </w:t>
           </w:r>
@@ -3618,61 +3691,61 @@
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:iCs/>
               <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00A33F07">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:bCs/>
               <w:iCs/>
               <w:color w:val="003399"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>уебсайт:www.vik-ruse.com</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00E82E43" w:rsidRDefault="00E82E43">
+  <w:p w14:paraId="2B3209B9" w14:textId="77777777" w:rsidR="00E82E43" w:rsidRDefault="00E82E43">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A782B86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E266F15C"/>
     <w:lvl w:ilvl="0" w:tplc="0402000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3714,51 +3787,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23147F48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01C2D65A"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3854,171 +3927,177 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="527640147">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="772628714">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0029245D"/>
     <w:rsid w:val="00036008"/>
     <w:rsid w:val="00056599"/>
     <w:rsid w:val="00067128"/>
     <w:rsid w:val="000968DD"/>
     <w:rsid w:val="000F5255"/>
     <w:rsid w:val="001247F5"/>
+    <w:rsid w:val="001D1E94"/>
     <w:rsid w:val="00262050"/>
     <w:rsid w:val="00286684"/>
     <w:rsid w:val="0029245D"/>
+    <w:rsid w:val="00306E32"/>
     <w:rsid w:val="00351BC2"/>
     <w:rsid w:val="0035463A"/>
     <w:rsid w:val="0044190A"/>
+    <w:rsid w:val="00487574"/>
     <w:rsid w:val="004D59A9"/>
     <w:rsid w:val="00500395"/>
     <w:rsid w:val="005A4578"/>
     <w:rsid w:val="005C48D2"/>
     <w:rsid w:val="005F60FE"/>
     <w:rsid w:val="00630226"/>
     <w:rsid w:val="007079D2"/>
     <w:rsid w:val="007134BC"/>
     <w:rsid w:val="00746117"/>
+    <w:rsid w:val="008330AB"/>
     <w:rsid w:val="008E2F97"/>
     <w:rsid w:val="00957B40"/>
     <w:rsid w:val="00AB3F51"/>
     <w:rsid w:val="00AE5B5C"/>
     <w:rsid w:val="00AF56C7"/>
     <w:rsid w:val="00B71808"/>
     <w:rsid w:val="00B8793B"/>
     <w:rsid w:val="00C7682D"/>
     <w:rsid w:val="00CD4678"/>
     <w:rsid w:val="00CF09BD"/>
     <w:rsid w:val="00D46414"/>
     <w:rsid w:val="00E56FF4"/>
     <w:rsid w:val="00E82E43"/>
     <w:rsid w:val="00EB2A1E"/>
     <w:rsid w:val="00EC0EAF"/>
     <w:rsid w:val="00F22C8F"/>
     <w:rsid w:val="00F33021"/>
     <w:rsid w:val="00FB1B6B"/>
     <w:rsid w:val="00FF4FB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4E1B9A01"/>
   <w15:docId w15:val="{D7CE07A1-27F2-4B35-BC66-C0435F400C15}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4346,50 +4425,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008E2F97"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4443,65 +4527,58 @@
     <w:link w:val="a6"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029245D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Долен колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:rsid w:val="0029245D"/>
   </w:style>
   <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0029245D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0029245D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Изнесен текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0029245D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -4556,51 +4633,51 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Char">
     <w:name w:val="Char"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00AB3F51"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -4835,78 +4912,78 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>817</Words>
-  <Characters>4660</Characters>
+  <Characters>4662</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5467</CharactersWithSpaces>
+  <CharactersWithSpaces>5469</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dim</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>